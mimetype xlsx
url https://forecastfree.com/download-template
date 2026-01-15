--- v0 (2025-11-03)
+++ v1 (2026-01-15)
@@ -719,123 +719,123 @@
     <row r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>Date</t>
         </is>
       </c>
       <c r="B1" s="2" t="inlineStr">
         <is>
           <t>Product</t>
         </is>
       </c>
       <c r="C1" s="2" t="inlineStr">
         <is>
           <t>Volume</t>
         </is>
       </c>
       <c r="D1" s="2" t="inlineStr">
         <is>
           <t>Price</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
-          <t>10/29/2025</t>
+          <t>01/10/2026</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Product A</t>
         </is>
       </c>
       <c r="C2" s="4" t="n">
         <v>10</v>
       </c>
       <c r="D2" s="5" t="n">
         <v>29.99</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
-          <t>10/30/2025</t>
+          <t>01/11/2026</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Product A</t>
         </is>
       </c>
       <c r="C3" s="4" t="n">
         <v>20</v>
       </c>
       <c r="D3" s="5" t="n">
         <v>29.99</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
-          <t>10/31/2025</t>
+          <t>01/12/2026</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Product A</t>
         </is>
       </c>
       <c r="C4" s="4" t="n">
         <v>30</v>
       </c>
       <c r="D4" s="5" t="n">
         <v>29.99</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
-          <t>11/01/2025</t>
+          <t>01/13/2026</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Product A</t>
         </is>
       </c>
       <c r="C5" s="4" t="n">
         <v>40</v>
       </c>
       <c r="D5" s="5" t="n">
         <v>29.99</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
-          <t>11/02/2025</t>
+          <t>01/14/2026</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Product A</t>
         </is>
       </c>
       <c r="C6" s="4" t="n">
         <v>50</v>
       </c>
       <c r="D6" s="5" t="n">
         <v>29.99</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="3">
     <dataValidation sqref="A2:A1048576" showDropDown="0" showInputMessage="0" showErrorMessage="0" allowBlank="0" errorTitle="Invalid Date" error="Please enter a valid date in MM/DD/YYYY format" type="date" operator="between">
       <formula1>1900-01-01</formula1>
       <formula2>2100-12-31</formula2>
     </dataValidation>
     <dataValidation sqref="C2:C1048576" showDropDown="0" showInputMessage="0" showErrorMessage="0" allowBlank="0" errorTitle="Invalid Volume" error="Volume must be a positive number" type="decimal" operator="greaterThan">
       <formula1>0</formula1>
     </dataValidation>
     <dataValidation sqref="D2:D1048576" showDropDown="0" showInputMessage="0" showErrorMessage="0" allowBlank="0" errorTitle="Invalid Price" error="Price must be a positive number in currency format (e.g., $29.99)" type="decimal" operator="greaterThan">
       <formula1>0</formula1>