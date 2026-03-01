--- v1 (2026-01-15)
+++ v2 (2026-03-01)
@@ -719,123 +719,123 @@
     <row r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>Date</t>
         </is>
       </c>
       <c r="B1" s="2" t="inlineStr">
         <is>
           <t>Product</t>
         </is>
       </c>
       <c r="C1" s="2" t="inlineStr">
         <is>
           <t>Volume</t>
         </is>
       </c>
       <c r="D1" s="2" t="inlineStr">
         <is>
           <t>Price</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
-          <t>01/10/2026</t>
+          <t>02/24/2026</t>
         </is>
       </c>
       <c r="B2" t="inlineStr">
         <is>
           <t>Product A</t>
         </is>
       </c>
       <c r="C2" s="4" t="n">
         <v>10</v>
       </c>
       <c r="D2" s="5" t="n">
         <v>29.99</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
-          <t>01/11/2026</t>
+          <t>02/25/2026</t>
         </is>
       </c>
       <c r="B3" t="inlineStr">
         <is>
           <t>Product A</t>
         </is>
       </c>
       <c r="C3" s="4" t="n">
         <v>20</v>
       </c>
       <c r="D3" s="5" t="n">
         <v>29.99</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
-          <t>01/12/2026</t>
+          <t>02/26/2026</t>
         </is>
       </c>
       <c r="B4" t="inlineStr">
         <is>
           <t>Product A</t>
         </is>
       </c>
       <c r="C4" s="4" t="n">
         <v>30</v>
       </c>
       <c r="D4" s="5" t="n">
         <v>29.99</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
-          <t>01/13/2026</t>
+          <t>02/27/2026</t>
         </is>
       </c>
       <c r="B5" t="inlineStr">
         <is>
           <t>Product A</t>
         </is>
       </c>
       <c r="C5" s="4" t="n">
         <v>40</v>
       </c>
       <c r="D5" s="5" t="n">
         <v>29.99</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
-          <t>01/14/2026</t>
+          <t>02/28/2026</t>
         </is>
       </c>
       <c r="B6" t="inlineStr">
         <is>
           <t>Product A</t>
         </is>
       </c>
       <c r="C6" s="4" t="n">
         <v>50</v>
       </c>
       <c r="D6" s="5" t="n">
         <v>29.99</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="3">
     <dataValidation sqref="A2:A1048576" showDropDown="0" showInputMessage="0" showErrorMessage="0" allowBlank="0" errorTitle="Invalid Date" error="Please enter a valid date in MM/DD/YYYY format" type="date" operator="between">
       <formula1>1900-01-01</formula1>
       <formula2>2100-12-31</formula2>
     </dataValidation>
     <dataValidation sqref="C2:C1048576" showDropDown="0" showInputMessage="0" showErrorMessage="0" allowBlank="0" errorTitle="Invalid Volume" error="Volume must be a positive number" type="decimal" operator="greaterThan">
       <formula1>0</formula1>
     </dataValidation>
     <dataValidation sqref="D2:D1048576" showDropDown="0" showInputMessage="0" showErrorMessage="0" allowBlank="0" errorTitle="Invalid Price" error="Price must be a positive number in currency format (e.g., $29.99)" type="decimal" operator="greaterThan">
       <formula1>0</formula1>